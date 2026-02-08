--- v0 (2025-11-05)
+++ v1 (2026-02-08)
@@ -4,1112 +4,1185 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="74508E07" w14:textId="06B6D2B2" w:rsidR="000642F7" w:rsidRPr="0002231C" w:rsidRDefault="00860F41" w:rsidP="00FB00EE">
+    <w:p w14:paraId="74508E07" w14:textId="06B6D2B2" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00860F41" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk130540443"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Manuscript’s t</w:t>
       </w:r>
-      <w:r w:rsidR="000642F7">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>itle in English</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5165AB49" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="0002231C" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+    <w:p w14:paraId="5165AB49" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Title in Portugues (only for Brazilian native speakers authors)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4468FC64" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA75F40" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F153DE7" w14:textId="253A312B" w:rsidR="000642F7" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstracts should provide a clear and structured overview of the systematic review. Authors are strongly encouraged to use the following headings: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Background:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Briefly describe the context and significance of the research topic, including gaps in current knowledge. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Objective:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> State the specific research question or objective guiding the review. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methods:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Summarize the search strategy, inclusion criteria, data sources, and methods used for study selection and synthesis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Results:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Present the number of studies included, key findings, and patterns or trends identified across the literature. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Discussion:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Interpret the main findings in relation to the existing evidence base, noting strengths, limitations, and implications. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conclusions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Highlight the main interpretations, practical applications, and recommendations for research or clinical practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23779DEF" w14:textId="0773C580" w:rsidR="00A34A74" w:rsidRPr="00A34A74" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The abstract must accurately reflect the content of the review, avoid overstating conclusions, and include only results supported by the main text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CDFC27" w14:textId="77777777" w:rsidR="006135E5" w:rsidRPr="008F5179" w:rsidRDefault="006135E5" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF48688" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Resumo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD9F16A" w14:textId="7E682C79" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xxxxxxx xx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Abstract in Portuguese only for Brazilian native speakers authors)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1C486C" w14:textId="2681AD54" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xxxxxxx; Xxxxxxx; Xxxxxxx; Xxxxxxx; Xxxxxxx. (5 terms from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medical Subject Headings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>list, in alphabetical order)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC1A896" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1327EE" w14:textId="0E47F894" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Xxxxxxx; Xxxxxxx; Xxxxxxx; Xxxxxxx; Xxxxxxx. (The translated 5 terms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in Portuguese only for Brazilian native speakers authors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEFC759" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BFA522" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7C4204" w14:textId="6A40F51B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00A34A74" w:rsidP="00CE4B3C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Introduction section of a systematic review in dentistry should clearly define the clinical question and explain its relevance to oral health practice or research. It must provide a concise overview of existing literature, identifying gaps or inconsistencies that justify the need for the review</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-    <w:p w14:paraId="0AA75F40" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Authors should describe the rationale for conducting the review and how it aims to synthesize current evidence. In alignment with EQUATOR Network standards, such as PRISMA, the introduction should promote transparency and contextual clarity. This section sets the foundation for the methodology and guides readers toward the significance of the findings</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2,3]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFA4110" w14:textId="15FE9DED" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449EDEE6" w14:textId="5908079D" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...203 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDA0076" w14:textId="63B2DBF3" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00A34A74" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Methods section of a systematic review in dentistry should detail the study protocol with transparency and reproducibility. Authors must describe the eligibility criteria, search strategy, databases consulted, and the time frame of the literature search. It should include the process for study selection, data extraction, quality assessment, and specifying tools used (e.g., PRISMA, AMSTAR). Any statistical methods for data synthesis or meta-analysis must be clearly explained. Following EQUATOR Network guidelines ensures methodological rigor and enhances the credibility of the review</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C045BF" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="0002231C" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
-[...238 lines deleted...]
-    <w:p w14:paraId="63FD4CA3" w14:textId="53859602" w:rsidR="00860F41" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+    <w:p w14:paraId="5D6452D9" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...283 lines deleted...]
-    <w:p w14:paraId="2BCD6507" w14:textId="2535588C" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCD6507" w14:textId="5FACEC71" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EBD4479" w14:textId="7024132C" w:rsidR="00A34A74" w:rsidRDefault="000D198F" w:rsidP="00C045BF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E36FE2D" wp14:editId="5EC1EAC6">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50A28884" wp14:editId="76663A1F">
+            <wp:extent cx="3090309" cy="4633415"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1757622747" name="Imagem 3" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 8" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3231955" cy="2134686"/>
+                      <a:ext cx="3098830" cy="4646191"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2641D0FF" w14:textId="54E4A05F" w:rsidR="00C045BF" w:rsidRPr="00FB00EE" w:rsidRDefault="00C045BF" w:rsidP="00C045BF">
+    <w:p w14:paraId="2641D0FF" w14:textId="07F78BDD" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB00EE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000B0C5A" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This is a figure. Schemes follow the same formatting</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1903" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and should be numbered with roman numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8FA9A0" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00C045BF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E4068F1" w14:textId="76BE3361" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD07BF8" w14:textId="77777777" w:rsidR="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D198F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Results section of a systematic review in dentistry should present the findings in a clear, structured, and unbiased manner. Authors must report the number of studies included, their characteristics, and the outcomes relevant to the research question. Data synthesis—whether qualitative or quantitative—should be transparently described, including any subgroup analyses or sensitivity tests. In accordance with EQUATOR Network guidelines such as PRISMA, results should be supported by tables, figures, and summary statistics. Any deviations from the protocol or missing data must be acknowledged to ensure transparency and reproducibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF9FBAD" w14:textId="6179A0E5" w:rsidR="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...35 lines deleted...]
-    <w:p w14:paraId="4F507FB7" w14:textId="7337B8D3" w:rsidR="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26EAF021" wp14:editId="7B4EF284">
+            <wp:extent cx="2988860" cy="2988860"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
+            <wp:docPr id="698937990" name="Imagem 4" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 10" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2998569" cy="2998569"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51ABB871" w14:textId="10A3CDC3" w:rsidR="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3BBA6F10" w14:textId="7A438EC1" w:rsidR="0049738B" w:rsidRDefault="0049738B" w:rsidP="00FB00EE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This is a figure. Schemes follow the same formatting and should be numbered with roman numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07995023" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0CC86911" w14:textId="7F737AD4" w:rsidR="0049738B" w:rsidRDefault="0049738B" w:rsidP="00FB00EE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72849D01" w14:textId="74FD865D" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0C3C0610" w14:textId="77777777" w:rsidR="0049738B" w:rsidRPr="00FB00EE" w:rsidRDefault="0049738B" w:rsidP="00FB00EE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2BC33D" wp14:editId="2EF4A2D0">
+            <wp:extent cx="3009332" cy="3009332"/>
+            <wp:effectExtent l="0" t="0" r="635" b="635"/>
+            <wp:docPr id="1360309959" name="Imagem 5" descr="create an image with risk of bias for systematic review template"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 12" descr="create an image with risk of bias for systematic review template"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3015784" cy="3015784"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495FC806" w14:textId="030C8924" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...27 lines deleted...]
-    <w:p w14:paraId="6AF6B6CD" w14:textId="5F3E01DC" w:rsidR="000642F7" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Figure </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This is a figure. Schemes follow the same formatting and should be numbered with roman numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2118DB8F" w14:textId="77777777" w:rsidR="000D198F" w:rsidRPr="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF6B6CD" w14:textId="0FA5EF0D" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5B793B48" w14:textId="7D6FD3F6" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00783AE1">
       <w:pPr>
         <w:pStyle w:val="MDPI41tablecaption"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="008D1903">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -1309,69 +1382,87 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>entry 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41E1886D" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1">
+          <w:p w14:paraId="41E1886D" w14:textId="15F66B6F" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00CE4B3C">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783AE1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>data</w:t>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00783AE1" w:rsidRPr="00783AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="043B889B" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1413,981 +1504,1090 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>entry 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DF0A8B6" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1">
+          <w:p w14:paraId="7DF0A8B6" w14:textId="5E21C526" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00CE4B3C">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00783AE1">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>data</w:t>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00783AE1" w:rsidRPr="00783AE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14854DF3" w14:textId="20E92A08" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1">
             <w:pPr>
               <w:pStyle w:val="MDPI42tablebody"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F25438C" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00783AE1">
+    <w:p w14:paraId="3F25438C" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00783AE1">
       <w:pPr>
         <w:pStyle w:val="MDPI43tablefooter"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tables may have a footer.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="62D77567" w14:textId="12F5DD1B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00CE4B3C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>*p &lt; 0.05</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD00ED">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="52AB69EC" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24DC27E5" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="00860F41" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
+    <w:p w14:paraId="24DC27E5" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="15CFC931" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="00860F41" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CFC931" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Discussion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6613DF" w14:textId="50621E76" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00DD00ED" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Discussion section of a systematic review in dentistry should interpret the synthesized findings in the context of existing literature, highlighting consistencies, discrepancies, and implications for clinical practice. Authors must critically assess the strength and limitations of the evidence, including methodological quality and risk of bias. In line with EQUATOR Network guidelines such as PRISMA, the discussion should be transparent, balanced, and avoid overstating conclusions. It should also address the applicability of results to different populations or settings and suggest directions for future research. A thoughtful discussion enhances the relevance and impact of the review.</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [1-4].</w:t>
+      </w:r>
+      <w:r w:rsidR="00C045BF" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CF8F11" w14:textId="77777777" w:rsidR="00860F41" w:rsidRPr="008F5179" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C289A5F" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conclusion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57116B0C" w14:textId="36DC7D0B" w:rsidR="00C045BF" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Conclusion section of a systematic review in dentistry should succinctly summarize the main findings and their implications for clinical practice, policy, or future research. Authors must ensure that conclusions are directly supported by the synthesized evidence and avoid overstating results. In accordance with EQUATOR Network guidelines such as PRISMA, the section should reflect transparency, clarity, and alignment with the review’s objectives. Limitations of the evidence base and potential areas for further investigation should be acknowledged. A well-structured conclusion reinforces the relevance and impact of the review within the dental field.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4628C93B" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DFF632" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EFF357" w14:textId="239531C8" w:rsidR="00C045BF" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In the Acknowledgement section, authors must include individuals and organizations that have made</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">The </w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>substantive contributions to the research or the manuscript. An exception is where funding was</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>d</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>iscussion</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>provided, which should be included in Funding Sources. Please refer to the Guidelines issued by the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> section</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> should provide an evaluation of the results. There should be a clear</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ICMJE to determine non-author contributors that should be included in the Acknowledgement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>discussion of the implications, significance, and novelty of the results presented and whether the</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA378AF" w14:textId="77777777" w:rsidR="00860F41" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A105BDF" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Funding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56154531" w14:textId="26DD028C" w:rsidR="000642F7" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Authors must give full details about the funding of any research relevant to their study, including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>data support or contradict previous studies</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sponsor names and explanations of the roles of these sources in the preparation of data or the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> [1-4]</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7" w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If no funding has been provided for the research, please include the following sentence:</w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-    <w:p w14:paraId="4C289A5F" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="00860F41" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:r w:rsidR="000642F7" w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>“This research did not receive any specific grant from funding agencies in the public, commercial, or not-for-profit sectors.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260A0D10" w14:textId="77777777" w:rsidR="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D3BB63E" w14:textId="36683064" w:rsidR="000642F7" w:rsidRPr="0002231C" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="300" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0002231C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Conflict of Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5328108F" w14:textId="00F4A627" w:rsidR="00FB00EE" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Authors are required to disclose any possible conflicts of interest. All forms of support and financial</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>involvement (e.g. employment, consultancies, honoraria, stock ownership and options, expert</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>testimony, grants or patents received or pending, royalties) which took place in the previous three</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>years should be listed, regardless of their potential relevance to the paper. Also the nonfinancial</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>relationships (personal, political, or professional) that may potentially influence the writing of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>manuscript should be declared. If there is no conflict of interest, please state: “The authors have no</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conflicts of interest to declare.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000E0088" w14:textId="77777777" w:rsidR="00860F41" w:rsidRDefault="00860F41" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06584694" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Regulatory Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E5D03A" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Authors submitting a systematic review to this journal must include a regulatory statement that addresses the following components:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6671EFE6" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ethical Oversight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Indicate whether the review protocol was registered (e.g., PROSPERO) and provide the registration number. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If no registration was performed, explain why.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0D388D" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Compliance with Reporting Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: State that the review adheres to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Preferred Reporting Items for Systematic Reviews and Meta-Analyses (PRISMA 2020)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guidelines, as recommended by the EQUATOR Network.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="623F4593" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Data Transparency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: Mention whether the data extraction forms, analytic code, and datasets used in the review are publicly available, and specify where they can be accessed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED5F66B" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ethical Considerations for Included Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: Confirm that ethical approval and informed consent were obtained for all primary studies included in the review, or state if such information was unavailable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BED07D" w14:textId="0F2BA1AB" w:rsidR="000642F7" w:rsidRDefault="000642F7" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24495477" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRPr="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AFA60B" w14:textId="77777777" w:rsidR="00860F41" w:rsidRDefault="00860F41" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C5D88A" w14:textId="3FB74E87" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...97 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidR="003D396B" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00860F41">
-[...10 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="003D396B" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Vancouver referencing, numerically cited)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00860F41">
-[...472 lines deleted...]
-    <w:p w14:paraId="41C5D88A" w14:textId="3FB74E87" w:rsidR="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+    </w:p>
+    <w:p w14:paraId="764C70B9" w14:textId="77777777" w:rsidR="006A3F4D" w:rsidRPr="008F5179" w:rsidRDefault="006A3F4D" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E361528" w14:textId="4BD66032" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, Kleverlaan CJ, Dal Piva AM. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, Kleverlaan CJ, Dal Piva AM. Wear of dental ceramics. Brazilian Dental Science. 2023 Jan 1;26(1). </w:t>
+        <w:t xml:space="preserve">Wear of dental ceramics. Brazilian Dental Science. 2023 Jan 1;26(1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A352EA2" w14:textId="6AB19BB6" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
@@ -2397,347 +2597,454 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Biomechanics of implant-supported restorations. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAF7FF7" w14:textId="7742E92B" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da Silva TM, de Faria Petrucelli N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>da Silva TM, de Faria Petrucelli N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. Impact of photoinitiator quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
+        <w:t>Impact of photoinitiator quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF80C68" w14:textId="6DBADF9E" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da Silva Tricoly T, Ferreira CL, da Silva Lima VC, de Marco AC, Caneppele TM, Jardini MA. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>da Silva Tricoly T, Ferreira CL, da Silva Lima VC, de Marco AC, Caneppele TM, Jardini MA. Is the use of Lactobacillus reuteri probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
+        <w:t>Is the use of Lactobacillus reuteri probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D016BF8" w14:textId="77777777" w:rsidR="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E8A4DBA" w14:textId="25681B70" w:rsidR="00FB00EE" w:rsidRPr="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC3825C" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CB036A8" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3579AC6B" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRPr="008F5179" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E8A4DBA" w14:textId="0BC5D22C" w:rsidR="00FB00EE" w:rsidRPr="008F5179" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Attention! This template was designed for </w:t>
       </w:r>
-      <w:r w:rsidR="000642F7" w:rsidRPr="00FB00EE">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Systematic reviews</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD00ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Metanalysis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000642F7" w:rsidRPr="00FB00EE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB00EE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">more details about Manuscript preparation or requested heading for </w:t>
       </w:r>
-      <w:r w:rsidR="000642F7" w:rsidRPr="00FB00EE">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Original Article / </w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Case Report </w:t>
+      </w:r>
+      <w:r w:rsidR="00A34A74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="000642F7" w:rsidRPr="00FB00EE">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clinical Technique Manuscripts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, please visit the Author Guidelines at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00FB00EE">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="008F5179">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Submissions | Brazilian Dental Science (unesp.br)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00FB00EE" w:rsidRPr="00FB00EE">
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23CF1BD8" w14:textId="77777777" w:rsidR="00C17902" w:rsidRDefault="00C17902" w:rsidP="008229F8">
+    <w:p w14:paraId="46A2AE28" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54E0B2BD" w14:textId="77777777" w:rsidR="00C17902" w:rsidRDefault="00C17902" w:rsidP="008229F8">
+    <w:p w14:paraId="1E344FB2" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1530869065"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="16A9A639" w14:textId="12C84757" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="nl-NL"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="04F7A9C7" w14:textId="77777777" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BF7644B" w14:textId="77777777" w:rsidR="00C17902" w:rsidRDefault="00C17902" w:rsidP="008229F8">
+    <w:p w14:paraId="64C3E99D" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A24157F" w14:textId="77777777" w:rsidR="00C17902" w:rsidRDefault="00C17902" w:rsidP="008229F8">
+    <w:p w14:paraId="7B169383" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A21311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AEA1EC8"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2880,50 +3187,199 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11EE1622"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="79DC8BF6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20B752E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3301D32"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2965,51 +3421,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60BB1E64"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="449EDD32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -3078,148 +3534,160 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1744522765">
+  <w:num w:numId="1" w16cid:durableId="933317091">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="6366885">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1284994982">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1442145917">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="300577810">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="61149894">
+  <w:num w:numId="5" w16cid:durableId="1608348175">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF639C"/>
     <w:rsid w:val="0002231C"/>
     <w:rsid w:val="00034978"/>
     <w:rsid w:val="000642F7"/>
     <w:rsid w:val="000B0C5A"/>
+    <w:rsid w:val="000D198F"/>
     <w:rsid w:val="000F79D4"/>
+    <w:rsid w:val="00174536"/>
+    <w:rsid w:val="001804AE"/>
     <w:rsid w:val="001B498A"/>
     <w:rsid w:val="001F42A4"/>
     <w:rsid w:val="00213E2B"/>
     <w:rsid w:val="00240A11"/>
+    <w:rsid w:val="00252771"/>
     <w:rsid w:val="002864D1"/>
     <w:rsid w:val="002F1619"/>
     <w:rsid w:val="002F6134"/>
     <w:rsid w:val="00363785"/>
     <w:rsid w:val="003B0CBE"/>
     <w:rsid w:val="003D396B"/>
     <w:rsid w:val="003E19E7"/>
     <w:rsid w:val="00446710"/>
     <w:rsid w:val="00493A66"/>
     <w:rsid w:val="0049738B"/>
     <w:rsid w:val="004B335B"/>
     <w:rsid w:val="00536B7C"/>
     <w:rsid w:val="005C5EDE"/>
     <w:rsid w:val="005E73EA"/>
     <w:rsid w:val="006135E5"/>
     <w:rsid w:val="00653E8D"/>
     <w:rsid w:val="006A3F4D"/>
+    <w:rsid w:val="006B45F8"/>
     <w:rsid w:val="006D45CA"/>
     <w:rsid w:val="00731E4C"/>
     <w:rsid w:val="00752C3F"/>
     <w:rsid w:val="00753BCB"/>
     <w:rsid w:val="00780318"/>
     <w:rsid w:val="00783AE1"/>
     <w:rsid w:val="00802BDE"/>
     <w:rsid w:val="008229F8"/>
     <w:rsid w:val="00860F41"/>
     <w:rsid w:val="00887CE9"/>
     <w:rsid w:val="008A35F4"/>
     <w:rsid w:val="008B4180"/>
     <w:rsid w:val="008D1903"/>
+    <w:rsid w:val="008F5179"/>
     <w:rsid w:val="00921597"/>
     <w:rsid w:val="0093503D"/>
     <w:rsid w:val="009812AE"/>
-    <w:rsid w:val="00A70918"/>
+    <w:rsid w:val="00A34A74"/>
     <w:rsid w:val="00AA566D"/>
     <w:rsid w:val="00AA75C9"/>
     <w:rsid w:val="00AC4698"/>
     <w:rsid w:val="00B15406"/>
     <w:rsid w:val="00B64630"/>
     <w:rsid w:val="00BB0BF9"/>
     <w:rsid w:val="00BB6575"/>
     <w:rsid w:val="00C045BF"/>
-    <w:rsid w:val="00C17902"/>
     <w:rsid w:val="00C816E9"/>
     <w:rsid w:val="00C8261D"/>
     <w:rsid w:val="00C87C2C"/>
+    <w:rsid w:val="00CE4B3C"/>
     <w:rsid w:val="00CF639C"/>
+    <w:rsid w:val="00D3350B"/>
     <w:rsid w:val="00D70710"/>
+    <w:rsid w:val="00DD00ED"/>
     <w:rsid w:val="00E15961"/>
     <w:rsid w:val="00E22074"/>
+    <w:rsid w:val="00E83905"/>
     <w:rsid w:val="00E962A4"/>
     <w:rsid w:val="00EB45E6"/>
     <w:rsid w:val="00ED0803"/>
     <w:rsid w:val="00EE5D52"/>
     <w:rsid w:val="00F45308"/>
     <w:rsid w:val="00F512B2"/>
     <w:rsid w:val="00FB00EE"/>
     <w:rsid w:val="00FB1946"/>
     <w:rsid w:val="00FB69BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -3927,121 +4395,199 @@
       <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Times New Roman" w:hAnsi="Palatino Linotype" w:cs="Cordia New"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39526160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="125704197">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="283460094">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="437650080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="449205049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="464199990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="625430938">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="659886835">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="671027232">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="928343389">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1795904863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100787598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bds.ict.unesp.br/index.php/cob/about/submissions" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bds.ict.unesp.br/index.php/cob/about/submissions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4324,74 +4870,74 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5260</Characters>
+  <Pages>8</Pages>
+  <Words>1310</Words>
+  <Characters>7823</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6147</CharactersWithSpaces>
+  <CharactersWithSpaces>9092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>de Oliveira Dal Piva, A.M. (Amanda Maria)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>