--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -55,759 +55,1463 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>itle in English</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5165AB49" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Title in Portugues (only for Brazilian native speakers authors)</w:t>
+        <w:t xml:space="preserve">Title in Portugues (only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4468FC64" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA75F40" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F153DE7" w14:textId="253A312B" w:rsidR="000642F7" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+    <w:p w14:paraId="0F153DE7" w14:textId="1A46F865" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="006135E5" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A74">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A single paragraph of about </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5D52" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>250</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words maximum. Abstracts should give a pertinent overview of the study. We strongly encourage authors to use the following style of structured abstracts, with headings:</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5179" w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Background:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+        <w:t>Background</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>: I</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5179" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s a brief section that explains the context of the research. It usually highlights the problem being studied.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Objective:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+        <w:t>Objective</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Place the question addressed in a broad context and highlight the purpose of the study; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Methods:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+        <w:t>Materials and Methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: briefly describe the main methods or treatments applied; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Results:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+        <w:t>Results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: summarize the article’s main findings; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Discussion:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A34A74">
+        <w:t>Conclusions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: indicate the main conclusions or interpretations. The abstract should be an objective representation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it must not contain results that are not presented and substantiated in the main text and should not exaggerate the main conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CDFC27" w14:textId="77777777" w:rsidR="006135E5" w:rsidRPr="008F5179" w:rsidRDefault="006135E5" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-    <w:p w14:paraId="23779DEF" w14:textId="0773C580" w:rsidR="00A34A74" w:rsidRPr="00A34A74" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF48688" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="79CDFC27" w14:textId="77777777" w:rsidR="006135E5" w:rsidRPr="008F5179" w:rsidRDefault="006135E5" w:rsidP="00FB00EE">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD9F16A" w14:textId="7E682C79" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Abstract in Portuguese only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1C486C" w14:textId="2681AD54" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3CF48688" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (5 terms from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medical Subject Headings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>list, in alphabetical order)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC1A896" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1327EE" w14:textId="0E47F894" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (The translated 5 terms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Portuguese only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEFC759" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BFA522" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Resumo: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0BD9F16A" w14:textId="7E682C79" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7C4204" w14:textId="44EC57BF" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00CE4B3C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the Introduction section of an original dental research article, authors should clearly define </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the clinical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or scientific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>problem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and explain its relevance to oral health. The section must provide a concise review of current literature, identifying gaps or inconsistencies that justify the study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. It should articulate the rationale and objectives of the research, aligning with appropriate reporting guidelines such as CONSORT or STROBE from the EQUATOR Network. Transparency in context and purpose is essential to ensure clarity and reproducibility. This foundation prepares readers to understand the significance and direction of the study</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2,3]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFA4110" w14:textId="15FE9DED" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449EDEE6" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx </w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Material &amp; Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDA0076" w14:textId="060B8906" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00CE4B3C" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Materials and Methods section of a dental research article should provide a transparent and detailed account of how the study was conducted, enabling reproducibility. It must describe the study design, participant selection criteria, sample size, interventions or procedures, and data collection methods. Authors should include ethical approval details and informed consent, as required by EQUATOR Network guidelines such as CONSORT or STROBE. Statistical methods used for data analysis must be clearly stated, including software and significance thresholds. Precision, clarity, and adherence to standardized reporting are essential for scientific integrity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">xxxxxxx xx </w:t>
-[...7 lines deleted...]
-        <w:t>(Abstract in Portuguese only for Brazilian native speakers authors)</w:t>
+        <w:t>[4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C045BF" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
-[...193 lines deleted...]
-    <w:p w14:paraId="6D7C4204" w14:textId="6A40F51B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00A34A74" w:rsidP="00CE4B3C">
+    <w:p w14:paraId="5D6452D9" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A74">
-[...152 lines deleted...]
-    <w:p w14:paraId="2BCD6507" w14:textId="5FACEC71" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
+    </w:p>
+    <w:p w14:paraId="2BCD6507" w14:textId="2535588C" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50A28884" wp14:editId="76663A1F">
-[...2 lines deleted...]
-            <wp:docPr id="1757622747" name="Imagem 3" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E36FE2D" wp14:editId="5EC1EAC6">
+            <wp:extent cx="3222354" cy="2128345"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3098830" cy="4646191"/>
+                      <a:ext cx="3231955" cy="2134686"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2641D0FF" w14:textId="07F78BDD" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="00C045BF">
+    <w:p w14:paraId="2641D0FF" w14:textId="54E4A05F" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -831,358 +1535,242 @@
         </w:rPr>
         <w:t>This is a figure. Schemes follow the same formatting</w:t>
       </w:r>
       <w:r w:rsidR="008D1903" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and should be numbered with roman numbers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8FA9A0" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E4068F1" w14:textId="76BE3361" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+    <w:p w14:paraId="4907F251" w14:textId="36308381" w:rsidR="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...42 lines deleted...]
-        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26EAF021" wp14:editId="7B4EF284">
-[...2 lines deleted...]
-            <wp:docPr id="698937990" name="Imagem 4" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35FA650E" wp14:editId="4C4B5B40">
+            <wp:extent cx="5748020" cy="3833495"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:docPr id="1834374916" name="Imagem 2" descr="create a generic graph for a scientific article template for a dental journal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 10" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
+                    <pic:cNvPr id="0" name="Picture 6" descr="create a generic graph for a scientific article template for a dental journal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2998569" cy="2998569"/>
+                      <a:ext cx="5748020" cy="3833495"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51ABB871" w14:textId="10A3CDC3" w:rsidR="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
+    <w:p w14:paraId="0B9C4817" w14:textId="0E1C8244" w:rsidR="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00CE4B3C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> This is a figure. Schemes follow the same formatting and should be numbered with roman numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07995023" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="000D198F">
+    <w:p w14:paraId="343750F6" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRPr="008F5179" w:rsidRDefault="00CE4B3C" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72849D01" w14:textId="74FD865D" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="000D198F">
+    <w:p w14:paraId="79C617C8" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...58 lines deleted...]
-    <w:p w14:paraId="495FC806" w14:textId="030C8924" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E4068F1" w14:textId="76BE3361" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-    <w:p w14:paraId="2118DB8F" w14:textId="77777777" w:rsidR="000D198F" w:rsidRPr="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF6B6CD" w14:textId="0B711356" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00CE4B3C" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Results section of an original dental research article should present the study’s findings clearly and objectively, without interpretation. Authors must report data in a logical sequence, using tables and figures where appropriate to enhance clarity. All outcomes defined in the Methods section should be addressed, including both primary and secondary results. In accordance with EQUATOR Network guidelines such as CONSORT or STROBE, statistical analyses should be transparently reported, including effect sizes, confidence intervals, and significance levels. Any deviations from the protocol or missing data must be explained to ensure reproducibility and transparency</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5B793B48" w14:textId="7D6FD3F6" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00783AE1">
       <w:pPr>
         <w:pStyle w:val="MDPI41tablecaption"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="008D1903">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -1608,68 +2196,62 @@
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tables may have a footer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D77567" w14:textId="12F5DD1B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00CE4B3C">
+    <w:p w14:paraId="62D77567" w14:textId="07AA909C" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00CE4B3C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
         <w:t>*p &lt; 0.05</w:t>
       </w:r>
-      <w:r w:rsidR="00DD00ED">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="52AB69EC" w14:textId="77777777" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24DC27E5" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -1677,69 +2259,96 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15CFC931" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6613DF" w14:textId="50621E76" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00DD00ED" w:rsidP="00860F41">
+    <w:p w14:paraId="5F6613DF" w14:textId="0B5F5F66" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00CE4B3C" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD00ED">
-[...5 lines deleted...]
-        <w:t>The Discussion section of a systematic review in dentistry should interpret the synthesized findings in the context of existing literature, highlighting consistencies, discrepancies, and implications for clinical practice. Authors must critically assess the strength and limitations of the evidence, including methodological quality and risk of bias. In line with EQUATOR Network guidelines such as PRISMA, the discussion should be transparent, balanced, and avoid overstating conclusions. It should also address the applicability of results to different populations or settings and suggest directions for future research. A thoughtful discussion enhances the relevance and impact of the review.</w:t>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Discussion section of an original dental research article should interpret the study’s findings in relation to existing literature, highlighting how they confirm, challenge, or expand current knowledge. Authors must address the strengths and limitations of their methodology and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>results, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> explain any unexpected outcomes. In line with EQUATOR Network guidelines such as CONSORT or STROBE, the discussion should be transparent, evidence-based, and avoid overstating conclusions. Clinical relevance and implications for dental practice or future research should be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>clearly articulated. A balanced and critical reflection ensures scientific rigor and enhances the article’s impact</w:t>
       </w:r>
       <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> [1-4].</w:t>
       </w:r>
       <w:r w:rsidR="00C045BF" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CF8F11" w14:textId="77777777" w:rsidR="00860F41" w:rsidRPr="008F5179" w:rsidRDefault="00860F41" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1750,69 +2359,69 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C289A5F" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57116B0C" w14:textId="36DC7D0B" w:rsidR="00C045BF" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00FB00EE">
+    <w:p w14:paraId="57116B0C" w14:textId="08A6AF4F" w:rsidR="00C045BF" w:rsidRDefault="00CE4B3C" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD00ED">
-[...5 lines deleted...]
-        <w:t>The Conclusion section of a systematic review in dentistry should succinctly summarize the main findings and their implications for clinical practice, policy, or future research. Authors must ensure that conclusions are directly supported by the synthesized evidence and avoid overstating results. In accordance with EQUATOR Network guidelines such as PRISMA, the section should reflect transparency, clarity, and alignment with the review’s objectives. Limitations of the evidence base and potential areas for further investigation should be acknowledged. A well-structured conclusion reinforces the relevance and impact of the review within the dental field.</w:t>
+      <w:r w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The Conclusion section of an original dental research article should provide a concise summary of the study’s key findings and their relevance to clinical practice or scientific advancement. Authors must ensure that conclusions are directly supported by the data presented, avoiding overgeneralization or speculation. In line with EQUATOR Network guidelines such as CONSORT or STROBE, the section should reflect transparency, clarity, and alignment with the study objectives. It may also highlight implications for future research, policy, or patient care. A well-crafted conclusion reinforces the value of the research and its contribution to the field of dentistry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4628C93B" w14:textId="77777777" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00CE4B3C" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52DFF632" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -1844,51 +2453,71 @@
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In the Acknowledgement section, authors must include individuals and organizations that have made</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>substantive contributions to the research or the manuscript. An exception is where funding was</w:t>
+        <w:t xml:space="preserve">substantive contributions to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the research</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the manuscript. An exception is where funding was</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>provided, which should be included in Funding Sources. Please refer to the Guidelines issued by the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2002,51 +2631,61 @@
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">manuscript. </w:t>
       </w:r>
       <w:r w:rsidR="000642F7" w:rsidRPr="000642F7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>If no funding has been provided for the research, please include the following sentence:</w:t>
+        <w:t xml:space="preserve">If no funding has been provided for the research, </w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7" w:rsidRPr="000642F7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>please include the following sentence:</w:t>
       </w:r>
       <w:r w:rsidR="000642F7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000642F7" w:rsidRPr="000642F7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“This research did not receive any specific grant from funding agencies in the public, commercial, or not-for-profit sectors.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260A0D10" w14:textId="77777777" w:rsidR="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
@@ -2093,83 +2732,119 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authors are required to disclose any possible conflicts of interest. All forms of support and financial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>involvement (e.g. employment, consultancies, honoraria, stock ownership and options, expert</w:t>
+        <w:t xml:space="preserve">involvement (e.g. employment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consultancies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, honoraria, stock ownership and options, expert</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>testimony, grants or patents received or pending, royalties) which took place in the previous three</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>years should be listed, regardless of their potential relevance to the paper. Also the nonfinancial</w:t>
+        <w:t xml:space="preserve">years should be listed, regardless of their potential relevance to the paper. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the nonfinancial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>relationships (personal, political, or professional) that may potentially influence the writing of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2221,245 +2896,100 @@
     </w:p>
     <w:p w14:paraId="06584694" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="000642F7" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000642F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Regulatory Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E5D03A" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
+    <w:p w14:paraId="13BED07D" w14:textId="707FBF9D" w:rsidR="000642F7" w:rsidRDefault="00D3350B" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ethical Oversight</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00DD00ED">
+      </w:pPr>
+      <w:r w:rsidRPr="00D3350B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This study was conducted in accordance with all the provisions of the local human </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3350B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>subjects</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3350B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oversight committee guidelines and policies of: XXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXX. This study protocol was reviewed and approved by [committee name and affiliation], approval number [XXX]. If ethics approval was not required, or if the study has been granted an exemption from requiring ethics approval, this should also be stated, including the name of the ethics committee who made that decision. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3350B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Compliance with Reporting Guidelines</w:t>
-[...109 lines deleted...]
-      </w:pPr>
+        <w:t>In addition, written free and informed consent was obtained from all participants prior to inclusion in the study, ensuring that they were fully aware of the nature, objectives, procedures, risks, and benefits involved.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24495477" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRPr="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00860F41">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69AFA60B" w14:textId="77777777" w:rsidR="00860F41" w:rsidRDefault="00860F41" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2535,159 +3065,383 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E361528" w14:textId="4BD66032" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, Kleverlaan CJ, Dal Piva AM. </w:t>
+        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kleverlaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CJ, Dal Piva AM. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Wear of dental ceramics. Brazilian Dental Science. 2023 Jan 1;26(1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A352EA2" w14:textId="6AB19BB6" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">De Andrade GS, Kalman L, Giudice RL, Adolfi D, Feilzer AJ, Tribst JP. </w:t>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Andrade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Kalman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Giudice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Adolfi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Feilzer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AJ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Tribst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JP. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Biomechanics of implant-supported restorations. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAF7FF7" w14:textId="7742E92B" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">da Silva TM, de Faria Petrucelli N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. </w:t>
+        <w:t xml:space="preserve">da Silva TM, de Faria </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petrucelli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Impact of photoinitiator quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
+        <w:t xml:space="preserve">Impact of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>photoinitiator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF80C68" w14:textId="6DBADF9E" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">da Silva Tricoly T, Ferreira CL, da Silva Lima VC, de Marco AC, Caneppele TM, Jardini MA. </w:t>
+        <w:t xml:space="preserve">da Silva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tricoly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T, Ferreira CL, da Silva Lima VC, de Marco AC, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Caneppele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jardini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Is the use of Lactobacillus reuteri probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
+        <w:t xml:space="preserve">Is the use of Lactobacillus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reuteri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D016BF8" w14:textId="77777777" w:rsidR="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DC3825C" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2698,353 +3452,311 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3579AC6B" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRPr="008F5179" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E8A4DBA" w14:textId="0BC5D22C" w:rsidR="00FB00EE" w:rsidRPr="008F5179" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
+    <w:p w14:paraId="5E8A4DBA" w14:textId="25681B70" w:rsidR="00FB00EE" w:rsidRPr="008F5179" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Attention! This template was designed for </w:t>
       </w:r>
-      <w:r w:rsidR="00A34A74">
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Systematic reviews</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD00ED">
+        <w:t>Laboratory or Clinical Research Manuscripts (in full and "Short Communication")</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Metanalysis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F5179">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">more details about Manuscript preparation or requested heading for </w:t>
       </w:r>
       <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
+        <w:t xml:space="preserve">Case Report / Clinical Technique Manuscripts </w:t>
       </w:r>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">more details about Manuscript preparation or requested heading for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A34A74">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Original Article / </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000642F7" w:rsidRPr="008F5179">
+        <w:t xml:space="preserve"> Literature Review Manuscripts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Case Report </w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, please visit the Author Guidelines at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="008F5179">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Submissions | Brazilian Dental Science (unesp.br)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00FB00EE" w:rsidRPr="008F5179">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46A2AE28" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="71E38C3A" w14:textId="77777777" w:rsidR="00F62474" w:rsidRDefault="00F62474" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E344FB2" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="04585564" w14:textId="77777777" w:rsidR="00F62474" w:rsidRDefault="00F62474" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1530869065"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="16A9A639" w14:textId="12C84757" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="nl-NL"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="04F7A9C7" w14:textId="77777777" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64C3E99D" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="2D27BF06" w14:textId="77777777" w:rsidR="00F62474" w:rsidRDefault="00F62474" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B169383" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="474B6269" w14:textId="77777777" w:rsidR="00F62474" w:rsidRDefault="00F62474" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A21311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AEA1EC8"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3187,199 +3899,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11EE1622"/>
-[...147 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20B752E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3301D32"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3421,51 +3984,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04130019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0413001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60BB1E64"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="449EDD32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -3535,165 +4098,157 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="933317091">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="6366885">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1284994982">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1442145917">
-    <w:abstractNumId w:val="3"/>
-[...1 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="1608348175">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF639C"/>
     <w:rsid w:val="0002231C"/>
     <w:rsid w:val="00034978"/>
     <w:rsid w:val="000642F7"/>
     <w:rsid w:val="000B0C5A"/>
-    <w:rsid w:val="000D198F"/>
     <w:rsid w:val="000F79D4"/>
     <w:rsid w:val="00174536"/>
     <w:rsid w:val="001804AE"/>
     <w:rsid w:val="001B498A"/>
     <w:rsid w:val="001F42A4"/>
     <w:rsid w:val="00213E2B"/>
     <w:rsid w:val="00240A11"/>
-    <w:rsid w:val="00252771"/>
     <w:rsid w:val="002864D1"/>
     <w:rsid w:val="002F1619"/>
     <w:rsid w:val="002F6134"/>
     <w:rsid w:val="00363785"/>
     <w:rsid w:val="003B0CBE"/>
     <w:rsid w:val="003D396B"/>
     <w:rsid w:val="003E19E7"/>
     <w:rsid w:val="00446710"/>
     <w:rsid w:val="00493A66"/>
     <w:rsid w:val="0049738B"/>
     <w:rsid w:val="004B335B"/>
     <w:rsid w:val="00536B7C"/>
     <w:rsid w:val="005C5EDE"/>
     <w:rsid w:val="005E73EA"/>
     <w:rsid w:val="006135E5"/>
     <w:rsid w:val="00653E8D"/>
     <w:rsid w:val="006A3F4D"/>
-    <w:rsid w:val="006B45F8"/>
     <w:rsid w:val="006D45CA"/>
     <w:rsid w:val="00731E4C"/>
     <w:rsid w:val="00752C3F"/>
     <w:rsid w:val="00753BCB"/>
     <w:rsid w:val="00780318"/>
     <w:rsid w:val="00783AE1"/>
     <w:rsid w:val="00802BDE"/>
     <w:rsid w:val="008229F8"/>
     <w:rsid w:val="00860F41"/>
     <w:rsid w:val="00887CE9"/>
     <w:rsid w:val="008A35F4"/>
     <w:rsid w:val="008B4180"/>
     <w:rsid w:val="008D1903"/>
     <w:rsid w:val="008F5179"/>
     <w:rsid w:val="00921597"/>
     <w:rsid w:val="0093503D"/>
     <w:rsid w:val="009812AE"/>
-    <w:rsid w:val="00A34A74"/>
     <w:rsid w:val="00AA566D"/>
     <w:rsid w:val="00AA75C9"/>
     <w:rsid w:val="00AC4698"/>
     <w:rsid w:val="00B15406"/>
     <w:rsid w:val="00B64630"/>
     <w:rsid w:val="00BB0BF9"/>
     <w:rsid w:val="00BB6575"/>
     <w:rsid w:val="00C045BF"/>
     <w:rsid w:val="00C816E9"/>
-    <w:rsid w:val="00C8261D"/>
     <w:rsid w:val="00C87C2C"/>
     <w:rsid w:val="00CE4B3C"/>
     <w:rsid w:val="00CF639C"/>
     <w:rsid w:val="00D3350B"/>
     <w:rsid w:val="00D70710"/>
-    <w:rsid w:val="00DD00ED"/>
     <w:rsid w:val="00E15961"/>
     <w:rsid w:val="00E22074"/>
-    <w:rsid w:val="00E83905"/>
     <w:rsid w:val="00E962A4"/>
     <w:rsid w:val="00EB45E6"/>
     <w:rsid w:val="00ED0803"/>
     <w:rsid w:val="00EE5D52"/>
     <w:rsid w:val="00F45308"/>
     <w:rsid w:val="00F512B2"/>
+    <w:rsid w:val="00F62474"/>
     <w:rsid w:val="00FB00EE"/>
     <w:rsid w:val="00FB1946"/>
     <w:rsid w:val="00FB69BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4197,51 +4752,50 @@
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="80"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
@@ -4408,186 +4962,134 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="125704197">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="283460094">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="437650080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="449205049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="464199990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="625430938">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="671027232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="928343389">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1795904863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2100787598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bds.ict.unesp.br/index.php/cob/about/submissions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bds.ict.unesp.br/index.php/cob/about/submissions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4868,76 +5370,76 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>7823</Characters>
+  <Pages>7</Pages>
+  <Words>1393</Words>
+  <Characters>7523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>172</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9092</CharactersWithSpaces>
+  <CharactersWithSpaces>8899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>de Oliveira Dal Piva, A.M. (Amanda Maria)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>