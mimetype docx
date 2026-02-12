--- v0 (2025-11-05)
+++ v1 (2026-02-12)
@@ -55,87 +55,105 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>itle in English</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5165AB49" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Title in Portugues (only for Brazilian native speakers authors)</w:t>
+        <w:t xml:space="preserve">Title in Portugues (only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4468FC64" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA75F40" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F153DE7" w14:textId="253A312B" w:rsidR="000642F7" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+    <w:p w14:paraId="0F153DE7" w14:textId="3EF93D3A" w:rsidR="000642F7" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Abstracts should provide a clear and structured overview of the systematic review. Authors are strongly encouraged to use the following headings: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -181,601 +199,1245 @@
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Summarize the search strategy, inclusion criteria, data sources, and methods used for study selection and synthesis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Results:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Present the number of studies included, key findings, and patterns or trends identified across the literature. </w:t>
+        <w:t xml:space="preserve"> Present the number of studies included, key findings, and patterns or trends identified across the literature. Interpret the main findings in relation to the existing evidence base, noting strengths, limitations, and implications. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Discussion:</w:t>
+        <w:t>Conclusions:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Interpret the main findings in relation to the existing evidence base, noting strengths, limitations, and implications. </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Highlight the main interpretations, practical applications, and recommendations for research or clinical practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23779DEF" w14:textId="0773C580" w:rsidR="00A34A74" w:rsidRPr="00A34A74" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The abstract must accurately reflect the content of the review, avoid overstating conclusions, and include only results supported by the main text.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CDFC27" w14:textId="77777777" w:rsidR="006135E5" w:rsidRPr="008F5179" w:rsidRDefault="006135E5" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF48688" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD9F16A" w14:textId="7E682C79" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xx </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Abstract in Portuguese only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1C486C" w14:textId="2681AD54" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (5 terms from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medical Subject Headings </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>list, in alphabetical order)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC1A896" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1327EE" w14:textId="0E47F894" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Palavras-chave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (The translated 5 terms </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Portuguese only for Brazilian native </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>speakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BEFC759" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BFA522" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7C4204" w14:textId="6A40F51B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00A34A74" w:rsidP="00CE4B3C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Highlight the main interpretations, practical applications, and recommendations for research or clinical practice.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23779DEF" w14:textId="0773C580" w:rsidR="00A34A74" w:rsidRPr="00A34A74" w:rsidRDefault="00A34A74" w:rsidP="00FB00EE">
+        <w:t>The Introduction section of a systematic review in dentistry should clearly define the clinical question and explain its relevance to oral health practice or research. It must provide a concise overview of existing literature, identifying gaps or inconsistencies that justify the need for the review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A34A74">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. Authors should describe the rationale for conducting the review and how it aims to synthesize current evidence. In alignment with EQUATOR Network standards, such as PRISMA, the introduction should promote transparency and contextual clarity. This section sets the foundation for the methodology and guides readers toward the significance of the findings</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2,3]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFA4110" w14:textId="15FE9DED" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449EDEE6" w14:textId="5908079D" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDA0076" w14:textId="63B2DBF3" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="00A34A74" w:rsidP="00860F41">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:right="-10" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A34A74">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The abstract must accurately reflect the content of the review, avoid overstating conclusions, and include only results supported by the main text.</w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx xxxxxx  xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx xxxxxx Xxxxxx </w:t>
+        <w:t>The Methods section of a systematic review in dentistry should detail the study protocol with transparency and reproducibility. Authors must describe the eligibility criteria, search strategy, databases consulted, and the time frame of the literature search. It should include the process for study selection, data extraction, quality assessment, and specifying tools used (e.g., PRISMA, AMSTAR). Any statistical methods for data synthesis or meta-analysis must be clearly explained. Following EQUATOR Network guidelines ensures methodological rigor and enhances the credibility of the review</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4B3C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB00EE" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">xxxxxxx xx </w:t>
-[...7 lines deleted...]
-        <w:t>(Abstract in Portuguese only for Brazilian native speakers authors)</w:t>
+        <w:t>[4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C045BF" w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00860F41" w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430F3976" w14:textId="77777777" w:rsidR="000642F7" w:rsidRPr="008F5179" w:rsidRDefault="000642F7" w:rsidP="00FB00EE">
-[...193 lines deleted...]
-    <w:p w14:paraId="6D7C4204" w14:textId="6A40F51B" w:rsidR="00CE4B3C" w:rsidRPr="00CE4B3C" w:rsidRDefault="00A34A74" w:rsidP="00CE4B3C">
+    <w:p w14:paraId="5D6452D9" w14:textId="77777777" w:rsidR="00C045BF" w:rsidRPr="008F5179" w:rsidRDefault="00C045BF" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A34A74">
-[...152 lines deleted...]
-    <w:p w14:paraId="2BCD6507" w14:textId="5FACEC71" w:rsidR="00C045BF" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
+    </w:p>
+    <w:p w14:paraId="2BCD6507" w14:textId="5FACEC71" w:rsidR="00C045BF" w:rsidRPr="00350DAA" w:rsidRDefault="00C045BF" w:rsidP="006D45CA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EBD4479" w14:textId="7024132C" w:rsidR="00A34A74" w:rsidRDefault="000D198F" w:rsidP="00C045BF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50A28884" wp14:editId="76663A1F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50A28884" wp14:editId="03046E71">
             <wp:extent cx="3090309" cy="4633415"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1757622747" name="Imagem 3" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8" descr="Create a generic flowchart image for inclusion in a template, in the Methods section for a systematic review in a dental journal."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3098830" cy="4646191"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -891,69 +1553,70 @@
       <w:r w:rsidRPr="000D198F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The Results section of a systematic review in dentistry should present the findings in a clear, structured, and unbiased manner. Authors must report the number of studies included, their characteristics, and the outcomes relevant to the research question. Data synthesis—whether qualitative or quantitative—should be transparently described, including any subgroup analyses or sensitivity tests. In accordance with EQUATOR Network guidelines such as PRISMA, results should be supported by tables, figures, and summary statistics. Any deviations from the protocol or missing data must be acknowledged to ensure transparency and reproducibility.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF9FBAD" w14:textId="6179A0E5" w:rsidR="000D198F" w:rsidRDefault="000D198F" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26EAF021" wp14:editId="7B4EF284">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26EAF021" wp14:editId="77D6B5AC">
             <wp:extent cx="2988860" cy="2988860"/>
             <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
             <wp:docPr id="698937990" name="Imagem 4" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10" descr="Create a complex diamond-shaped graph for the Results section of a systematic review and meta-analysis in dental research. Include detailed information such as confidence intervals, effect sizes, and subgroup analyses."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2998569" cy="2998569"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1018,68 +1681,68 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72849D01" w14:textId="74FD865D" w:rsidR="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="000D198F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2BC33D" wp14:editId="2EF4A2D0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C2BC33D" wp14:editId="57B28CF7">
             <wp:extent cx="3009332" cy="3009332"/>
             <wp:effectExtent l="0" t="0" r="635" b="635"/>
             <wp:docPr id="1360309959" name="Imagem 5" descr="create an image with risk of bias for systematic review template"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12" descr="create an image with risk of bias for systematic review template"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3015784" cy="3015784"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1157,50 +1820,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B793B48" w14:textId="7D6FD3F6" w:rsidR="00783AE1" w:rsidRPr="00783AE1" w:rsidRDefault="00783AE1" w:rsidP="00783AE1">
       <w:pPr>
         <w:pStyle w:val="MDPI41tablecaption"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="008D1903">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00783AE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1844,51 +2508,71 @@
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>In the Acknowledgement section, authors must include individuals and organizations that have made</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>substantive contributions to the research or the manuscript. An exception is where funding was</w:t>
+        <w:t xml:space="preserve">substantive contributions to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the research</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the manuscript. An exception is where funding was</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>provided, which should be included in Funding Sources. Please refer to the Guidelines issued by the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2093,83 +2777,119 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authors are required to disclose any possible conflicts of interest. All forms of support and financial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>involvement (e.g. employment, consultancies, honoraria, stock ownership and options, expert</w:t>
+        <w:t xml:space="preserve">involvement (e.g. employment, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>consultancies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, honoraria, stock ownership and options, expert</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>testimony, grants or patents received or pending, royalties) which took place in the previous three</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>years should be listed, regardless of their potential relevance to the paper. Also the nonfinancial</w:t>
+        <w:t xml:space="preserve">years should be listed, regardless of their potential relevance to the paper. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the nonfinancial</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00860F41">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>relationships (personal, political, or professional) that may potentially influence the writing of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2274,56 +2994,145 @@
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD00ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ethical Oversight</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD00ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: Indicate whether the review protocol was registered (e.g., PROSPERO) and provide the registration number. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD00ED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If no registration was performed, explain why.</w:t>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>registration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>performed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>explain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>why</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD00ED">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0D388D" w14:textId="77777777" w:rsidR="00DD00ED" w:rsidRPr="00DD00ED" w:rsidRDefault="00DD00ED" w:rsidP="00DD00ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD00ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2535,159 +3344,384 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E361528" w14:textId="4BD66032" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, Kleverlaan CJ, Dal Piva AM. </w:t>
+        <w:t xml:space="preserve">de Carvalho Ramos N, Augusto MG, Alves LM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kleverlaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CJ, Dal Piva AM. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Wear of dental ceramics. Brazilian Dental Science. 2023 Jan 1;26(1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A352EA2" w14:textId="6AB19BB6" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve">De Andrade GS, Kalman L, Giudice RL, Adolfi D, Feilzer AJ, Tribst JP. </w:t>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Andrade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Kalman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Giudice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RL, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Adolfi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Feilzer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AJ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Tribst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JP. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Biomechanics of implant-supported restorations. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAF7FF7" w14:textId="7742E92B" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">da Silva TM, de Faria Petrucelli N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">da Silva TM, de Faria </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petrucelli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N, de Mendonça RP, da Silva Júnior JP, Campos TM, de Paiva Gonçalves SE. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Impact of photoinitiator quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
+        <w:t xml:space="preserve">Impact of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>photoinitiator</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality on chemical-mechanical properties of dental adhesives under different light intensities. Brazilian Dental Science. 2023 Jan 1;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF80C68" w14:textId="6DBADF9E" w:rsidR="00446710" w:rsidRDefault="00446710" w:rsidP="00C045BF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5179">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">da Silva Tricoly T, Ferreira CL, da Silva Lima VC, de Marco AC, Caneppele TM, Jardini MA. </w:t>
+        <w:t xml:space="preserve">da Silva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tricoly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T, Ferreira CL, da Silva Lima VC, de Marco AC, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Caneppele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TM, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jardini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F5179">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MA. </w:t>
       </w:r>
       <w:r w:rsidRPr="00446710">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Is the use of Lactobacillus reuteri probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
+        <w:t xml:space="preserve">Is the use of Lactobacillus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reuteri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00446710">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> probiotic efficient as adjunctive therapy in the treatment of periodontitis? A systematic review. Brazilian Dental Science. 2023 Feb 24;26(1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D016BF8" w14:textId="77777777" w:rsidR="00FB00EE" w:rsidRDefault="00FB00EE" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DC3825C" w14:textId="77777777" w:rsidR="00D3350B" w:rsidRDefault="00D3350B" w:rsidP="00FB00EE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -2851,61 +3885,61 @@
             <w:b/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Submissions | Brazilian Dental Science (unesp.br)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00FB00EE" w:rsidRPr="008F5179">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46A2AE28" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="3A15D5CB" w14:textId="77777777" w:rsidR="00CB7F8D" w:rsidRDefault="00CB7F8D" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E344FB2" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="07EF37A7" w14:textId="77777777" w:rsidR="00CB7F8D" w:rsidRDefault="00CB7F8D" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2951,100 +3985,99 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1530869065"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="16A9A639" w14:textId="12C84757" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="nl-NL"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="04F7A9C7" w14:textId="77777777" w:rsidR="003E19E7" w:rsidRDefault="003E19E7">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64C3E99D" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="1D7BAC47" w14:textId="77777777" w:rsidR="00CB7F8D" w:rsidRDefault="00CB7F8D" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B169383" w14:textId="77777777" w:rsidR="00252771" w:rsidRDefault="00252771" w:rsidP="008229F8">
+    <w:p w14:paraId="328EC45C" w14:textId="77777777" w:rsidR="00CB7F8D" w:rsidRDefault="00CB7F8D" w:rsidP="008229F8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A21311"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AEA1EC8"/>
     <w:lvl w:ilvl="0" w:tplc="0413000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3554,149 +4587,151 @@
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="933317091">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="6366885">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1284994982">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1442145917">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1608348175">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF639C"/>
     <w:rsid w:val="0002231C"/>
     <w:rsid w:val="00034978"/>
     <w:rsid w:val="000642F7"/>
     <w:rsid w:val="000B0C5A"/>
     <w:rsid w:val="000D198F"/>
     <w:rsid w:val="000F79D4"/>
     <w:rsid w:val="00174536"/>
     <w:rsid w:val="001804AE"/>
     <w:rsid w:val="001B498A"/>
     <w:rsid w:val="001F42A4"/>
     <w:rsid w:val="00213E2B"/>
     <w:rsid w:val="00240A11"/>
     <w:rsid w:val="00252771"/>
     <w:rsid w:val="002864D1"/>
     <w:rsid w:val="002F1619"/>
     <w:rsid w:val="002F6134"/>
+    <w:rsid w:val="00350DAA"/>
     <w:rsid w:val="00363785"/>
     <w:rsid w:val="003B0CBE"/>
     <w:rsid w:val="003D396B"/>
     <w:rsid w:val="003E19E7"/>
     <w:rsid w:val="00446710"/>
     <w:rsid w:val="00493A66"/>
     <w:rsid w:val="0049738B"/>
     <w:rsid w:val="004B335B"/>
     <w:rsid w:val="00536B7C"/>
     <w:rsid w:val="005C5EDE"/>
     <w:rsid w:val="005E73EA"/>
     <w:rsid w:val="006135E5"/>
     <w:rsid w:val="00653E8D"/>
     <w:rsid w:val="006A3F4D"/>
-    <w:rsid w:val="006B45F8"/>
     <w:rsid w:val="006D45CA"/>
     <w:rsid w:val="00731E4C"/>
     <w:rsid w:val="00752C3F"/>
     <w:rsid w:val="00753BCB"/>
     <w:rsid w:val="00780318"/>
     <w:rsid w:val="00783AE1"/>
     <w:rsid w:val="00802BDE"/>
     <w:rsid w:val="008229F8"/>
     <w:rsid w:val="00860F41"/>
     <w:rsid w:val="00887CE9"/>
     <w:rsid w:val="008A35F4"/>
     <w:rsid w:val="008B4180"/>
     <w:rsid w:val="008D1903"/>
     <w:rsid w:val="008F5179"/>
     <w:rsid w:val="00921597"/>
     <w:rsid w:val="0093503D"/>
     <w:rsid w:val="009812AE"/>
     <w:rsid w:val="00A34A74"/>
     <w:rsid w:val="00AA566D"/>
     <w:rsid w:val="00AA75C9"/>
     <w:rsid w:val="00AC4698"/>
     <w:rsid w:val="00B15406"/>
     <w:rsid w:val="00B64630"/>
     <w:rsid w:val="00BB0BF9"/>
     <w:rsid w:val="00BB6575"/>
     <w:rsid w:val="00C045BF"/>
     <w:rsid w:val="00C816E9"/>
-    <w:rsid w:val="00C8261D"/>
     <w:rsid w:val="00C87C2C"/>
+    <w:rsid w:val="00CB7F8D"/>
     <w:rsid w:val="00CE4B3C"/>
     <w:rsid w:val="00CF639C"/>
     <w:rsid w:val="00D3350B"/>
     <w:rsid w:val="00D70710"/>
     <w:rsid w:val="00DD00ED"/>
     <w:rsid w:val="00E15961"/>
     <w:rsid w:val="00E22074"/>
     <w:rsid w:val="00E83905"/>
     <w:rsid w:val="00E962A4"/>
     <w:rsid w:val="00EB45E6"/>
     <w:rsid w:val="00ED0803"/>
     <w:rsid w:val="00EE5D52"/>
     <w:rsid w:val="00F45308"/>
     <w:rsid w:val="00F512B2"/>
     <w:rsid w:val="00FB00EE"/>
     <w:rsid w:val="00FB1946"/>
     <w:rsid w:val="00FB69BA"/>
+    <w:rsid w:val="00FE5268"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7CD876CB"/>
@@ -4868,76 +5903,76 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1310</Words>
-  <Characters>7823</Characters>
+  <Words>1440</Words>
+  <Characters>7780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>172</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9092</CharactersWithSpaces>
+  <CharactersWithSpaces>9202</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>de Oliveira Dal Piva, A.M. (Amanda Maria)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>